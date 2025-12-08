--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -1,4485 +1,4787 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6084"/>
         <w:gridCol w:w="384"/>
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002859A7" w14:paraId="2A5B8F7E" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="53D4C15D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6084" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D2978FC" w14:textId="6F75DE86" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="1065D0BE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Titel"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FC798B">
               <w:t>Licence to Publish</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FC798B">
               <w:br/>
               <w:t>Proceedings Papers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B133169" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="2D05D54D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60E4DE7C" wp14:editId="47381616">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Picture 1"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="207609AC" wp14:editId="6B5DDD87">
+                  <wp:extent cx="1560076" cy="151188"/>
+                  <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
+                  <wp:docPr id="1" name="Picture 1" descr="Springer Nature Logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2"/>
+                          <pic:cNvPr id="1" name="Picture 1" descr="Springer Nature Logo"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9" cstate="print">
+                          <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1576169" cy="151188"/>
+                            <a:ext cx="1560076" cy="151188"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w14:paraId="0A578CDC" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="12D12A57" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="201"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6468" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="159CA27A" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="240AF72F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3511E3A9" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="53B99D37" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BC38BD1" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="7D51F988" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="4965" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2458"/>
         <w:gridCol w:w="4293"/>
         <w:gridCol w:w="2215"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="24B1FE0D" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="6888C089" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13C92459" w14:textId="74DD27FF" w:rsidR="00CD7681" w:rsidRPr="001F4F14" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="4CDEE3DF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4F14">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4F14">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Licensee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26842B12" w14:textId="71504DC0" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00C70313" w:rsidP="00C70313">
+          <w:p w14:paraId="1DD8B975" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C70313">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Springer Nature Switzerland AG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="377528FB" w14:textId="22694761" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="1E4F7002" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Licensee’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="3F9FA58D" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="1C487B98" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01A95570" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="001F4F14" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="614F305E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="583F5DB0" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="35FF75DE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11FA0507" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="245998D2" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w:rsidRPr="00C73BB6" w14:paraId="574C2A73" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="4DDD250E" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D42B87B" w14:textId="6BF5D414" w:rsidR="002859A7" w:rsidRPr="001F4F14" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="23BA3EC0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4F14">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Title of the Proceedings Volume/Edited Book or Conference Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Title"/>
             <w:tag w:val="Title"/>
             <w:id w:val="452293044"/>
             <w:placeholder>
               <w:docPart w:val="6A8A996FEC314FAEBC0A8320051A9866"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="13AC2B3E" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+              <w:p w14:paraId="3B061EFF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C73BB6">
+                <w:r w:rsidRPr="00110C63">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                    <w:color w:val="808080"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0393DB" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="74DFEEE8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volume’</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w:rsidRPr="00C73BB6" w14:paraId="60446B6B" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="7D94A699" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20055B37" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="37E35DC8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="088913DE" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="28919760" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DCBD8AF" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="74690FEB" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w:rsidRPr="00C73BB6" w14:paraId="505A8BAD" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="70C72999" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD9CA67" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="4AC84214" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volume Editor(s) Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Volume Editor Name"/>
             <w:tag w:val="Volume Editor Name"/>
             <w:id w:val="361095427"/>
             <w:placeholder>
               <w:docPart w:val="D396DE6BAAE04F078FD6EECA6106629A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="2D36A5CA" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+              <w:p w14:paraId="7F9BD4E6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C73BB6">
+                <w:r w:rsidRPr="00110C63">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                    <w:color w:val="808080"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2482FE17" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="18438161" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w:rsidRPr="00C73BB6" w14:paraId="79AE966A" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="62581C42" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CAD4516" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="2393B7BD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4043A4" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="74FC8986" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="626FE4EF" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="1734DEE8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w:rsidRPr="00C73BB6" w14:paraId="6A713759" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="22ECD4B4" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39CD486F" w14:textId="1B1AB46C" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="6940EFBC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Proposed Title of the Contribution:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Title"/>
             <w:tag w:val="Title"/>
             <w:id w:val="1987736910"/>
             <w:placeholder>
               <w:docPart w:val="76DA22AC063543CBB037BC108227BDBA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="1360A1C5" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+              <w:p w14:paraId="7B39DE61" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C73BB6">
+                <w:r w:rsidRPr="00110C63">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                    <w:color w:val="808080"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2AB511" w14:textId="433D7589" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="76151C55" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(the ‘Contribution</w:t>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(the ‘Contribution’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w:rsidRPr="00C73BB6" w14:paraId="782B7B9B" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="1313476C" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14653A03" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="72A8BF8D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6F2F0E" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="0051447B" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="4EC96CF9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="666CD4C5" w14:textId="77777777" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="206663E7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="6B3C4F43" w14:textId="77777777" w:rsidTr="00731C72">
+      <w:tr w:rsidR="00317210" w14:paraId="56281C6F" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CD535B" w14:textId="1504B501" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+          <w:p w14:paraId="65A7BE0B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00A97A91">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Series: The Contribution may be published in the following series</w:t>
+              <w:t>Series</w:t>
+            </w:r>
+            <w:r w:rsidR="000E2AD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The Contribution may be published in the following series</w:t>
+            </w:r>
+            <w:r w:rsidR="000E2AD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A0A0D5" w14:textId="0FDB0996" w:rsidR="00CD7681" w:rsidRPr="0051447B" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+          <w:p w14:paraId="6F329498" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0051447B">
-[...30 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:alias w:val="Series"/>
+                <w:tag w:val="Series"/>
+                <w:id w:val="189277873"/>
+                <w:placeholder>
+                  <w:docPart w:val="22A007FA09B0416FAE2AB143EF3D80A9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00882FB0" w:rsidRPr="00110C63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:sz w:val="14"/>
+                    <w:szCs w:val="14"/>
+                    <w:highlight w:val="lightGray"/>
+                  </w:rPr>
+                  <w:t>Click here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45D72F3F" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="027B7AF1" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00882FB0" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="1F65286A" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="20B7AC74" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6996B539" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="5BD7A099" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55B33175" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="7A38E8FE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="567D48F8" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="744F4930" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="5CF574AE" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="45264C9C" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3731D4AF" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+          <w:p w14:paraId="415F94EA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Author(s) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Full Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Author(s)"/>
             <w:tag w:val="Author(s)"/>
             <w:id w:val="-1717345396"/>
             <w:placeholder>
               <w:docPart w:val="75F61420D7214EC6A79537ACAAEFFE02"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="0DB8FC4B" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+              <w:p w14:paraId="0AE0A662" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C73BB6">
+                <w:r w:rsidRPr="00D358C2">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                    <w:color w:val="808080"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB37E00" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+          <w:p w14:paraId="675BBB1E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Author’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="7CA6B9AE" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="386899FC" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8A1745" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="6955C6EC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAB86A8" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="1ABD4C2A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7259DE01" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="6B1FA778" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="41B3DB38" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="284F63BE" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="232E4904" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00B80C8B" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+          <w:p w14:paraId="1FE827E6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B80C8B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>When Author is more than one person the expression “Author” as used in this Agreement will apply collectively unless otherwise indicated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="5841C5C2" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="36B0B7C2" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2BEDD919" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="08B24AEA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAE612F" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="3AF0B326" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62D31E64" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="3F157EDD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w14:paraId="4A089ABA" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="1A674196" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="051DE3DE" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+          <w:p w14:paraId="34864E4A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Corresponding Author</w:t>
-[...15 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Corresponding Author Name:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07A6FBA5" w14:textId="4A965A95" w:rsidR="00C10046" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="1F764B4B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Corresponding Author"/>
             <w:tag w:val="Corresponding Author"/>
             <w:id w:val="-654215630"/>
             <w:placeholder>
               <w:docPart w:val="C3586137BDCA4C559954704D6C1621B6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="2C109A78" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00CD7681">
+              <w:p w14:paraId="183350FE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C73BB6">
+                <w:r w:rsidRPr="00D358C2">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                    <w:color w:val="808080"/>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
+                    <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1402C9E9" w14:textId="77777777" w:rsidR="00CD7681" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00CD7681">
+          <w:p w14:paraId="03B6E476" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid11"/>
         <w:tblW w:w="4965" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2458"/>
         <w:gridCol w:w="4293"/>
         <w:gridCol w:w="2215"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w14:paraId="1980F7E7" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="4EB345E4" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="160AC38C" w14:textId="77777777" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="064BCC3F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35FC87BC" w14:textId="77777777" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="24E73B92" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33F001C7" w14:textId="77777777" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="55E509BC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w14:paraId="492A19BC" w14:textId="77777777" w:rsidTr="00FF7C9B">
+      <w:tr w:rsidR="00317210" w14:paraId="71D4D771" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3632F1E4" w14:textId="0A1C1EB7" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00BA0480">
+          <w:p w14:paraId="4E8D1870" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Instructions for Authors</w:t>
+            </w:r>
+            <w:r w:rsidR="000E2AD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73D312B1" w14:textId="6A2EFB95" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00BA0480">
+          <w:p w14:paraId="15EF6E03" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00F21570" w:rsidRPr="00751CFC">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00882FB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>https://resource-cms.springernature.com/springer-cms/</w:t>
-[...8 lines deleted...]
-                <w:t>rest/v1/content/19242230/data/</w:t>
+                <w:t>https://www.springernature.com/gp/authors/publish-a-book/step-by-step-conference-proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C385BE4" w14:textId="3AF10E04" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00BA0480">
+          <w:p w14:paraId="1D5C1D18" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Instructions for Authors’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06618972" w14:textId="77777777" w:rsidR="00C10046" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="0D59ECF6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF4500"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="653E4D8E" w14:textId="77777777" w:rsidR="008157B8" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4DE443DA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Grant of Rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E8C165" w14:textId="41CC8F4D" w:rsidR="008157B8" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="490BDBA9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For good and valuable consideration, the Author hereby grants to the Licensee the perpetual, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C73BB6">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">exclusive, world-wide, assignable, sublicensable and unlimited right to: publish, reproduce, copy, distribute, communicate, display publicly, sell, rent and/or otherwise make available the contribution identified above, including any supplementary information and graphic elements therein (e.g. illustrations, charts, moving images) (the ‘Contribution’) in any language, in any versions or editions in any and all forms and/or media of expression (including without limitation in connection with any and all end-user devices), whether now known or developed in the future. Without limitation, the above grant includes: (i) the right to edit, alter, adapt, adjust and prepare derivative works; (ii) all advertising and marketing rights including without limitation in relation to social media; (iii) rights for any training, educational and/or instructional purposes; (iv) the right to add and/or remove links or combinations with other media/works; and (v) the right to create, use and/or license and/or sublicense content data or metadata of any kind in relation to the Contribution (including abstracts and summaries) without restriction. The above rights are granted in relation to the Contribution as a whole or any part and with or in relation to any other works. </w:t>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>exclusive</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7299B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> world-wide, assignable, sublicensable and unlimited right to: publish, reproduce, copy, distribute, communicate, display publicly, sell, rent and/or otherwise make available the contribution identified above, including any supplementary information and graphic elements therein (e.g. illustrations, charts, moving images) (the ‘Contribution’) in any language, in any versions or editions in any and all forms and/or media of expression (including without limitation in connection with any and all end-user devices), whether now known or developed in the future. Without limitation, the above grant includes: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) the right to edit, alter, adapt, adjust and prepare derivative works; (ii) all advertising and marketing rights including without limitation in relation to social media; (iii) rights for any training, educational and/or instructional purposes; (iv) the right to add and/or remove links or combinations with other media/works; and (v) the right to create, use and/or license and/or sublicense content data or metadata of any kind in relation to the Contribution (including abstracts and summaries) without restriction. The above rights are granted in relation to the Contribution as a whole or any part and with or in relation to any other works</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216A8D08" w14:textId="58D1F7FD" w:rsidR="008157B8" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="66F6B796" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C73BB6">
-[...18 lines deleted...]
-        <w:t>this clause (b) is irrevocable.</w:t>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Without limiting the rights granted above, Licensee is granted the rights to use the Contribution for the purposes of analysis, testing, and development of publishing- and research-related workflows, systems, products, projects, and services; to confidentially share the Contribution with select third parties to do the same; and to retain and store the Contribution and any associated correspondence/files/forms to maintain the historical record, and to facilitate research integrity investigations. The grant of rights set forth in this clause (b) is irrevocable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2399BA" w14:textId="75D75317" w:rsidR="008157B8" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="21EDE37D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-        <w:t>1a above will revert to the Author.</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the Licensee elects not to publish the Contribution for any reason, all publishing rights under this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Agreement as set forth in clause 1a above will revert to the Author.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C1CC97" w14:textId="4C2A0FB1" w:rsidR="004210B6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3E3CFEC3" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Copyright</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C68F9C2" w14:textId="4E4F350F" w:rsidR="004210B6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="45065C33" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Ownership of copyright in the Contribution will be vested in the name of the Author. When reproducing the Contribution or extracts from it, the Author will acknowledge and reference first publication in the Volume.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7580A2FF" w14:textId="67E096AC" w:rsidR="004210B6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="200BF6CF" w14:textId="77777777" w:rsidR="00B13976" w:rsidRPr="00B13976" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13976">
+        <w:t>Accessibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0608145B" w14:textId="77777777" w:rsidR="00B13976" w:rsidRPr="00B13976" w:rsidRDefault="00000000" w:rsidP="00B13976">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Licensee has the right to create and provide accessible formats of the Contribution for people with accessibility requirements, directly or via third parties, in compliance with applicable laws. The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide alt-text for images upon manuscript submission. If not provided, the Licensee will create the alt-text, which the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will review and approve at proofreading stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F01A086" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Use of Contribution Versions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9EB538" w14:textId="748023D9" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="7C784118" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...54 lines deleted...]
-        <w:t>“Version of Record” means the version of the Contribution published by the Licensee, after copy-editing and typesetting. Rights to all versions of the Manuscript are granted on an exclusive basis, except for the Submitted Manuscript, to which rights are granted on a non-exclusive basis.</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>For purposes of this Agreement: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) references to the “Contribution” include all versions of the Contribution; (ii) “Submitted Manuscript” means the version of the Contribution as first submitted by the Author prior to peer review; (iii) “Accepted Manuscript” means the version of the Contribution accepted for publication, but prior to copy-editing and typesetting; and (iv) “Version of Record” means the version of the Contribution published by the Licensee, after copy-editing and typesetting. Rights to all versions of the Manuscript are granted on an exclusive basis, except for the Submitted Manuscript, to which rights are granted on a non-exclusive basis</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A35F9F" w14:textId="24E3D0E3" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="2C661ED8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The Author may make the Submitted Manuscript available at any time and under any terms (including, but not limited to, under a CC BY licence), at the Author’s discretion. Once the Contribution has been published, the Author will include an acknowledgement and provide a link to the Version of Record on the publisher’s website: “This preprint has not undergone peer review (when applicable) or any post-submission improvements or corrections. The Version of Record of this contribution is published in [insert volume title</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>], and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> will include an acknowledgement and provide a link to the Version of Record on the publisher’s website: “This preprint has not undergone peer review (when applicable) or any post-submission improvements or corrections. The Version of Record of this contribution is published in [insert volume title], and is available online at </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is available online at </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>https://doi.org/[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>insert DOI]”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49071601" w14:textId="50F8B947" w:rsidR="00B6432D" w:rsidRPr="004B171A" w:rsidRDefault="00F21570" w:rsidP="004B171A">
+    <w:p w14:paraId="64BA1850" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-        <w:t>(i) the right to make the Accepted Manuscript available on their own personal, self-maintained website immediately on acceptance, (ii) the right to make the Accepted Manuscript available for public release on any of the following twelve (12) months after first publication (the "Embargo Period"): their employer’s internal website; their institutional and/or funder repositories. Accepted Manuscripts may be deposited in such repositories immediately upon acceptance, provided they are not made publicly available until after the Embargo Period.</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Licensee grants to the Author </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) the right to make the Accepted Manuscript available on their own personal, self-maintained website immediately on acceptance, (ii) the right to make the Accepted Manuscript available for public release on any of the following twelve (12) months after first publication (the "Embargo Period"): their employer’s internal website; their institutional and/or funder repositories. Accepted Manuscripts may be deposited in such repositories immediately upon acceptance, provided they are not made publicly available until after the Embargo Period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>The rights granted to the Author with respect to the Accepted Manuscript are subject to the conditions that (</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B171A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) the Accepted Manuscript is not enhanced or substantially reformatted by the Author or any third party, and (ii) the Author includes on the Accepted Manuscript an acknowledgement in the following form, together with a link to the published version on the publisher’s website: “This version of the contribution has been accepted for publication, after peer review (when applicable) but is not the Version of Record and does not reflect post-acceptance improvements, or any corrections. The Version of Record is available online at: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>http://dx.doi.org/[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004B171A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">insert DOI]. Use of this Accepted Version is subject to the publisher’s Accepted Manuscript terms of use </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00176AF9">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="004556FB" w:rsidRPr="00FC798B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://www.springernature.com/gp/open-research/policies/accepted-manuscript-terms</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B171A">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Under no circumstances may an Accepted Manuscript be shared or distributed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>under a Creative Commons or other form of open access licence.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...19 lines deleted...]
-        <w:t>subject to the Licensee’s prior consent.</w:t>
+        <w:t>Any use of the Accepted Manuscript not expressly permitted under this subclause (c) is subject to the Licensee’s prior consent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D04FCB" w14:textId="6418893D" w:rsidR="00B6432D" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="524398B7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> acknowledges and references first publication in the Volume according to current citation standards. As a minimum, the acknowledgement must state: “First published in [Volume, page number, year] by Springer Nature”.</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The Licensee grants to Author the following non-exclusive rights to the Version of Record, provided that, when reproducing the Version of Record or extracts from it, the Author acknowledges and references first publication in the Volume according to current citation standards. As a minimum, the acknowledgement must state: “First published in [Volume, page number, year] by Springer Nature”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60921522" w14:textId="400E4364" w:rsidR="00B6432D" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="064694A7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-        <w:t>to reuse graphic elements created by the</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to reuse graphic elements created by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and contained in the Contribution, in presentations and other works created by them; </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and contained in the Contribution, in presentations and other works created by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>them;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4192E4" w14:textId="77777777" w:rsidR="00B6432D" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="5CC17AEC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">the Author and any academic institution where they work at the time may reproduce the Contribution for the purpose of course teaching (but not for inclusion in course pack material for onward sale by libraries and institutions); </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the Author and any academic institution where they work at the time may reproduce the Contribution for the purpose of course teaching (but not for inclusion in course pack material for onward sale by libraries and institutions</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AD10FD" w14:textId="287DE24D" w:rsidR="00B6432D" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="059588AE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>to reuse the Version of Record or any part in a thesis written by the same Author, and to make a copy of that thesis available in a repository of the Author(s)’ awarding academic institution, or other repository required by the awarding academic institution. An acknowledgement should be included in the citation: “Reproduced with permission from Springer Nature</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>”;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1771A3C9" w14:textId="61D84B45" w:rsidR="00B6432D" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="54A91FA0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-        <w:t>to reproduce, or to allow a third party to reproduce the Contribution, in whole or in part, in any other type of work (other than thesis) written by the</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to reproduce, or to allow a third party to reproduce the Contribution, in whole or in part, in any other type of work (other than thesis) written by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...25 lines deleted...]
-        <w:t>; and</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for distribution by a publisher after an embargo period of 12 months; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CADF8C7" w14:textId="1F385571" w:rsidR="00B6432D" w:rsidRPr="00CE406A" w:rsidRDefault="00F21570" w:rsidP="00CE406A">
+    <w:p w14:paraId="772F219A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-        <w:t>to publish an expanded version of their Contribution provided the expanded version (i) includes at least 30% new material (ii) includes an express statement specifying the incremental change in the expanded version (e.g., new results, better description of materials, etc.).</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>to publish an expanded version of their Contribution provided the expanded version (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) includes at least 30% new material (ii) includes an express statement specifying the incremental change in the expanded version (e.g., new results, better description of materials, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7CAF5D" w14:textId="7326EEA7" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="66290109" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Warranties &amp; Representations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E58F3A" w14:textId="5409AFD3" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="4E19AC48" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Author </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>warrants and represents that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEE6EC7" w14:textId="77777777" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00BE31E0" w:rsidP="00C10046">
+    <w:p w14:paraId="49F32338" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="314897E0" w14:textId="7749FCC8" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="0F9AE5C0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Author is the sole copyright owner or has been authorised by any additional copyright owner(s) to grant the rights defined in clause 1,</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the Author is the sole copyright owner or has been authorised by any additional copyright owner(s) to grant the rights defined in clause 1,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A38CA0D" w14:textId="77777777" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="446CB863" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-        <w:t>the Contribution does not infringe any intellectual property rights (including without limitation copyright, database rights or trade mark rights) or other third party rights and no licence from or payments to a third party are required to publish the Contribution,</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Contribution does not infringe any intellectual property rights (including without limitation copyright, database rights or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>trade mark</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rights) or other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>third party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rights and no licence from or payments to a third party are required to publish the Contribution,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FAC36A8" w14:textId="3E4B410C" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="19EA8C4D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the Contribution has not been previously published</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-        <w:t>the Contribution has not been previously published or licensed, nor has the Author committed to licensing any version of the Contribution under a licence inconsistent with the terms of this Agreement,</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, nor has the Author committed to licensing any version of the Contribution under a licence inconsistent with the terms of this Agreement,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB98E04" w14:textId="1203883B" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="561533BF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if the Contribution contains materials from other sources (e.g. illustrations, tables, text quotations), Author has obtained written permissions to the extent necessary from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>elements on a stand-alone basis and has cited any such materials correctly;</w:t>
+        <w:t xml:space="preserve">copyright holder(s), to license to the Licensee the same rights as set out in clause 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>but on a non-exclusive basis and without the right to use any graphic elements on a stand-alone basis and has cited any such materials correctly;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758A1820" w14:textId="77777777" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="066F150F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">all of the facts contained in the Contribution are according to the current body of research true and accurate; </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the facts contained in the Contribution are according to the current body of research true and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>accurate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCC7A63" w14:textId="77777777" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="6E879EC9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nothing in the Contribution is obscene, defamatory, violates any right of privacy or publicity, infringes any other human, personal or other rights of any person or entity or is otherwise unlawful and that informed consent to publish has been obtained for any research </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>participants;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="387FFE0F" w14:textId="1BDC640E" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="63E38A04" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nothing in the Contribution infringes any duty of confidentiality owed to any third party or violates any contract, express or implied, of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214253FA" w14:textId="77777777" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="2B32A52E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all institutional, governmental, and/or other approvals which may be required in connection with the research reflected in the Contribution have been obtained and continue in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>effect;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="089C5F16" w14:textId="407A406A" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="50F79480" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all statements and declarations made by the Author in connection with the Contribution are true and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>correct;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="71F88A7C" w14:textId="292EE9F0" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="4508D495" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...24 lines deleted...]
-        <w:t>; and</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the signatory who has signed this Agreement has full right, power and authority to enter into this Agreement on behalf of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Authors; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C52312B" w14:textId="78E14114" w:rsidR="008B5031" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="7ED0290C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Author complies in full </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>with:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...18 lines deleted...]
-        <w:r w:rsidRPr="009837D2">
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. all instructions and policies in the Instructions for Authors, ii. the Licensee’s ethics rules (available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="004556FB" w:rsidRPr="00FC798B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://www.springernature.com/gp/authors/book-authors-code-of-conduct</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C73BB6">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> at any time in its sole discretion.</w:t>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>), as may be updated by the Licensee at any time in its sole discretion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD811B7" w14:textId="4EE750FF" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="12C3B829" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Cooperation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4624B2C7" w14:textId="7FE4AB91" w:rsidR="004210B6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="797CA7AD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Without prejudice to the warranties and representations given by the </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-        <w:t>The Author will cooperate fully with the Licensee in relation to any legal action that might arise from the publication of the Contribution, and the Author will give the Licensee access at reasonable times to any relevant accounts, documents and records within the power or control of the Author. The Author agrees that any Licensee affiliate through which the Licensee exercises any rights or performs any obligations under this Agreement is intended to have the benefit of and will have the right to enforce the terms of this Agreement.</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in this Agreement, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will cooperate fully with the Licensee in relation to any legal action that might arise from the publication or intended publication of the Contribution and the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will give the Publisher access at reasonable times to any relevant documents and records within the possession or control of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5CCB12" w14:textId="663796CC" w:rsidR="004210B6" w:rsidRPr="00621C29" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="3E398D30" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Author authorises the Licensee to take such steps as it considers necessary at its own expense </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>in the Author’s name(s) and on their behalf if the Licensee believes that a third party is infringing or is likely to infringe copyright in the Contribution including but not limited to initiating legal proceedings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA5E866" w14:textId="7A305FCC" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="40EA2F4C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Author List</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1096AA2C" w14:textId="329BE334" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="73254DAC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Changes of authorship, including, but not limited to, changes in the corresponding author or the sequence of authors, are not permitted after acceptance of a manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0C5501" w14:textId="5389C39F" w:rsidR="004210B6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7921C23B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Post Publication Actions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67229A41" w14:textId="0D994D85" w:rsidR="004210B6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="1F25504A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">The Author agrees that the Licensee may remove or retract the Contribution or publish a correction or other notice in relation to the Contribution if the Licensee determines that such </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Author agrees that the Licensee may remove or retract the Contribution or publish a correction or other notice in relation to the Contribution if the Licensee determines that such actions are appropriate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>actions are appropriate from an editorial, research integrity, or legal perspective.</w:t>
+        <w:t>from an editorial, research integrity, or legal perspective.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F442303" w14:textId="517F41CE" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7585EE49" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Controlling Terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263EB71A" w14:textId="1C365CE4" w:rsidR="00BA0480" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
+    <w:p w14:paraId="2E136AB2" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The terms of this Agreement will supersede any other</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...5 lines deleted...]
-        <w:t>The terms of this Agreement will supersede any other terms that the Author or any third party may assert apply to any version of the Contribution.</w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms that the Author or any third party may assert apply to any version of the Contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F61C6A6" w14:textId="7A300531" w:rsidR="002859A7" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00C10046">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="39F0F206" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
         <w:t>Governing Law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5807EF74" w14:textId="214738E1" w:rsidR="00C73BB6" w:rsidRPr="00C73BB6" w:rsidRDefault="00F21570" w:rsidP="00DE3ECC">
+    <w:p w14:paraId="6B81B555" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">This </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This Agreement shall be governed by, and shall be construed in accordance with, the laws of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">greement shall be governed by, and shall be construed in accordance with, the laws of </w:t>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Switzerland</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The courts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Zug, Switzerland</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C73BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall have the exclusive jurisdiction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD0D40A" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+    <w:p w14:paraId="6A165FF5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="4"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DB41811" wp14:editId="110C285C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B088047" wp14:editId="602DDD90">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-712447</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>67092</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7146906" cy="16829"/>
                 <wp:effectExtent l="38100" t="38100" r="73660" b="97790"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Straight Connector 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7146906" cy="16829"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+                        <a:ln w="25400">
                           <a:solidFill>
                             <a:srgbClr val="C0504D"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0E74E159" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-56.1pt,5.3pt" to="506.65pt,6.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBt0L0zAQIAAAAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLSLd2o6R5aLRcE&#10;KwriPHWcxJK/NHab9t8zdkIp7A1xcTzj8ct7b8abp4vR7CwxKGdrPp+VnEkrXKNsV/Pv357frTkL&#10;EWwD2llZ86sM/Gn79s1m8JVcuN7pRiIjEBuqwde8j9FXRRFELw2EmfPS0mHr0ECkELuiQRgI3ehi&#10;UZarYnDYeHRChkDZ/XjItxm/baWIX9o2yMh0zYlbzCvm9ZjWYruBqkPwvRITDfgHFgaUpZ/eoPYQ&#10;gZ1QvYIySqALro0z4Uzh2lYJmTWQmnn5l5pDD15mLWRO8Debwv+DFZ/PL8hUU/MFZxYMtegQEVTX&#10;R7Zz1pKBDtki+TT4UFH5zr7gFAX/gkn0pUWTviSHXbK315u38hKZoOSH+XL1WK44E3Q2X60Xjwmz&#10;+H3ZY4gfpTMsbWqulU3SoYLzpxDH0l8lKW3ds9Ka8lBpywbi/7AsqcMCaIpaDZG2xpOuYDvOQHc0&#10;niJihgxOqyZdT7cDdsedRnYGGpFd+VAu9xOzP8rSv/cQ+rEuH01l2iYYmYeNqKbAnaLEQ98M7KhP&#10;+BWIBpFL9BqVxNHkjgFNYqKdI3Txh4p9bnqy7xW5XDfmQfseRirv1+n2aNCkJft645CjO3pFauTY&#10;urQ7uuaaO5rzNGa5fnoSaY7vY9rfP9ztTwAAAP//AwBQSwMEFAAGAAgAAAAhAHBAu5vcAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FrwzAMhe+D/Qejwm6tnRTSkcUppbCddllXdnZjNQmL5WA7&#10;afbvp562kyTe4+l71X5xg5gxxN6ThmyjQCA13vbUajh/vq6fQcRkyJrBE2r4wQj7+vGhMqX1N/rA&#10;+ZRawSEUS6OhS2kspYxNh87EjR+RWLv64EziM7TSBnPjcDfIXKlCOtMTf+jMiMcOm+/T5DT0vXo7&#10;F/P0FZM9UvF+DWHc7bR+Wi2HFxAJl/Rnhjs+o0PNTBc/kY1i0LDOsjxnLyuqAHF3qGy7BXHhjaes&#10;K/m/Q/0LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbdC9MwECAAAABAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcEC7m9wAAAALAQAADwAAAAAA&#10;AAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" strokecolor="#c0504d" strokeweight="2pt">
-                <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+              <v:line id="Straight Connector 2" o:spid="_x0000_s1025" style="mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;z-index:251659264" from="-56.1pt,5.3pt" to="506.65pt,6.65pt" strokecolor="#c0504d" strokeweight="2pt">
+                <v:shadow on="t" color="black" opacity="24903f" origin=",0.5" offset="0,1.57pt"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69637C7D" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="776C315D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblInd w:w="-993" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3345"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3345"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3345"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002859A7" w14:paraId="308A7D94" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="46D32B9D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28ABC717" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="0CAEA431" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Signed for and on behalf of the Author</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12494AE9" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="22DD9264" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="724"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-993"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[Ha</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20CB9840" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="2945CEB6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-993"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9C8D4B" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="7617E16C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39E53902" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="0D2FED1D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29C8D580" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="02A83533" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18B345D3" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="0A0D99D5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002859A7" w14:paraId="6AE08D7E" w14:textId="77777777">
+      <w:tr w:rsidR="00317210" w14:paraId="37D11312" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72CC479B" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="2E3D0F74" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21E4018B" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="77868F22" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="431BEB44" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="002DFBD3" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="211D6B45" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+          <w:p w14:paraId="7F22737D" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00A8E833" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="67B57832" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43A117FB" w14:textId="5CC1AD9B" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="6AD56B82" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblInd w:w="-993" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3348"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="7254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE3ECC" w14:paraId="257279CA" w14:textId="77777777" w:rsidTr="00177009">
+      <w:tr w:rsidR="00317210" w14:paraId="24F19C0A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76F4B91A" w14:textId="77777777" w:rsidR="00DE3ECC" w:rsidRDefault="00F21570" w:rsidP="00177009">
+          <w:p w14:paraId="188A4F7E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00584C4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:color w:val="FF4500"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="256E0020" w14:textId="77777777" w:rsidR="00DE3ECC" w:rsidRDefault="00BE31E0" w:rsidP="00177009">
+          <w:p w14:paraId="0D185298" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080791D6" w14:textId="326B1272" w:rsidR="00DE3ECC" w:rsidRDefault="00F21570" w:rsidP="00177009">
+          <w:p w14:paraId="79253F12" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4F14" w14:paraId="505B0CC5" w14:textId="77777777" w:rsidTr="00177009">
+      <w:tr w:rsidR="00317210" w14:paraId="13A1FC04" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11F2B2FB" w14:textId="672D12B6" w:rsidR="001F4F14" w:rsidRDefault="00F21570" w:rsidP="00177009">
+          <w:p w14:paraId="63FBE0E8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:t>Email:</w:t>
+              <w:t xml:space="preserve"> Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C8FEA2" w14:textId="77777777" w:rsidR="001F4F14" w:rsidRDefault="00BE31E0" w:rsidP="00177009">
+          <w:p w14:paraId="50F003BD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07DD5037" w14:textId="4733BB7D" w:rsidR="001F4F14" w:rsidRPr="0051447B" w:rsidRDefault="00F21570" w:rsidP="00177009">
+          <w:p w14:paraId="22CC533C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D792B">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D2DF17F" w14:textId="369654FA" w:rsidR="00DE3ECC" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="484DE96A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4046CB5E" w14:textId="77777777" w:rsidR="00DE3ECC" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="700057AE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29804D7E" w14:textId="3ACCD51C" w:rsidR="002859A7" w:rsidRPr="00C20074" w:rsidRDefault="00F21570">
+    <w:p w14:paraId="583095B0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00DD003F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C20074">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00DD003F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Springer Nature Switzerland AG, Gewerbestrasse 11, 6330 Cham, Switzerland</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A29A76D" w14:textId="6046EEB7" w:rsidR="002859A7" w:rsidRPr="002D792B" w:rsidRDefault="00F21570">
+    <w:p w14:paraId="5AEB54EE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ER_Book_ProceedingsPaper_LTP_ST_v.1.0 (10_2021)</w:t>
+        <w:t>ER_Book_ProceedingsPaper_LTP_ST_v.1.4.9 (09_2025)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133E879A" w14:textId="10C9FED4" w:rsidR="002859A7" w:rsidRPr="00E07945" w:rsidRDefault="00BE31E0" w:rsidP="00E07945">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+    <w:p w14:paraId="1126200E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Edition ID</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002859A7" w:rsidRPr="00E07945">
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:p w14:paraId="7EA87AA5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PS: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004556FB" w:rsidRPr="00FC798B">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D345647" w14:textId="77777777" w:rsidR="00BE31E0" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="15399F76" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BE4FB1C" w14:textId="77777777" w:rsidR="00BE31E0" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="4CEBD72B" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="31D82E0E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="1128124567"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="4A87DF04" w14:textId="5F9B4E30" w:rsidR="002859A7" w:rsidRDefault="00F21570">
+          <w:p w14:paraId="31FAEEC9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="Footer"/>
+              <w:pStyle w:val="Fuzeile"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C70313">
-[...9 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C70313">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FC798B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="598379E3" w14:textId="77777777" w:rsidR="002859A7" w:rsidRDefault="00BE31E0">
+  <w:p w14:paraId="02A76366" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F721526" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D119964" w14:textId="77777777" w:rsidR="00BE31E0" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="3603CFEB" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1902D89D" w14:textId="77777777" w:rsidR="00BE31E0" w:rsidRDefault="00BE31E0">
+    <w:p w14:paraId="48B373D9" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="539849A7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FDDCF49" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2231BA57" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="345E38F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7AA28EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="§%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="737" w:hanging="737"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -4547,123 +4849,123 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CBD6F32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67605F98"/>
-    <w:lvl w:ilvl="0" w:tplc="0809000F">
+    <w:lvl w:ilvl="0" w:tplc="A344D1FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019">
+    <w:lvl w:ilvl="1" w:tplc="154AF8CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F76A4B8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50066D9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0A5845FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F4AC114E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2A9ADD1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8168FF70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22461A9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D662A04"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="87A8B978"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
@@ -4864,92 +5166,91 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52862E83"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CECE42D8"/>
+    <w:tmpl w:val="BBC8841C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:hint="default"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1021" w:hanging="454"/>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
-        <w:i w:val="0"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1588" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:hint="default"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1588" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
@@ -4984,177 +5285,184 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1050298683">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1923906539">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="652491698">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="267545011">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1965190190">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1430151392">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="K6v6WLuG6GittZ6wvJgD8QJ/V6CNIWG2lua2mn9rXfiXAlYqshC98j9GakcEw0XLG5/obuuS+houj1Jz/roy2A==" w:salt="1maQnc7QVKSocv4ctNdnBA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="df3mc91VS2puk9AcOIRMDx5Hp6AkibQP8SH/6t2uJJw0pK1BHlnuTcsKa4T+pIRQXZ2erJ7n3jCNb07cuskVAw==" w:salt="icX7D9QVDBXHDi/PZVK9lg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C20074"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F21570"/>
+    <w:rsidRoot w:val="00317210"/>
+    <w:rsid w:val="000E2AD9"/>
+    <w:rsid w:val="00110C63"/>
+    <w:rsid w:val="001D5589"/>
+    <w:rsid w:val="00317210"/>
+    <w:rsid w:val="004556FB"/>
+    <w:rsid w:val="00584C4C"/>
+    <w:rsid w:val="006A6DFE"/>
+    <w:rsid w:val="0080389B"/>
+    <w:rsid w:val="00882FB0"/>
+    <w:rsid w:val="009730E4"/>
+    <w:rsid w:val="00A7299B"/>
+    <w:rsid w:val="00A97A91"/>
+    <w:rsid w:val="00B13976"/>
+    <w:rsid w:val="00D358C2"/>
+    <w:rsid w:val="00DD003F"/>
+    <w:rsid w:val="00DD4A01"/>
+    <w:rsid w:val="00EC442D"/>
+    <w:rsid w:val="00FC798B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...7 lines deleted...]
-  <w14:docId w14:val="6F51D817"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="507CE1DD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BEBA6E02-5B18-4375-8114-3D7FB23E469F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5482,890 +5790,901 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="berschrift1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift1Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009730E4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentartext">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KommentartextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
+    <w:name w:val="Kommentartext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kommentartext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarzeichen">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:next w:val="Tabellenraster"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="SprechblasentextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
+    <w:name w:val="Sprechblasentext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="StandardWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentarthema">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Kommentartext"/>
+    <w:next w:val="Kommentartext"/>
+    <w:link w:val="KommentarthemaZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
+    <w:name w:val="Kommentarthema Zchn"/>
+    <w:basedOn w:val="KommentartextZchn"/>
+    <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:next w:val="Tabellenraster"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid11">
     <w:name w:val="Table Grid11"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:next w:val="Tabellenraster"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA0480"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BesuchterLink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00882FB0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="TitelZchn"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="009730E4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
+    <w:name w:val="Titel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="009730E4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
+    <w:name w:val="Überschrift 1 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009730E4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...159 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/authors/book-authors-code-of-conduct" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/open-research/policies/accepted-manuscript-terms" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resource-cms.springernature.com/springer-cms/rest/v1/content/19242230/data/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/authors/publish-a-book/step-by-step-conference-proceedings" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/authors/book-authors-code-of-conduct" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/open-research/policies/accepted-manuscript-terms" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A8A996FEC314FAEBC0A8320051A9866"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6699F436-0C14-45DB-B884-11F5DD07133F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A1700F" w:rsidRDefault="006A6696" w:rsidP="006A6696">
+        <w:p w:rsidR="00DD4A01" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="6A8A996FEC314FAEBC0A8320051A98661"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C73BB6">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:color w:val="808080"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D396DE6BAAE04F078FD6EECA6106629A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FA6CF059-603C-4DFE-B137-B0D435B2906F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A1700F" w:rsidRDefault="006A6696" w:rsidP="006A6696">
+        <w:p w:rsidR="00DD4A01" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="D396DE6BAAE04F078FD6EECA6106629A1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C73BB6">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:color w:val="808080"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="76DA22AC063543CBB037BC108227BDBA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{53030CAF-CBCD-4D75-990A-1FAA859A15FB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A1700F" w:rsidRDefault="006A6696" w:rsidP="006A6696">
+        <w:p w:rsidR="00DD4A01" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="76DA22AC063543CBB037BC108227BDBA1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C73BB6">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:color w:val="808080"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75F61420D7214EC6A79537ACAAEFFE02"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99BD20AE-81BF-452C-80A0-414F265701BD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003827B1" w:rsidRDefault="006A6696" w:rsidP="006A6696">
+        <w:p w:rsidR="00DD4A01" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="75F61420D7214EC6A79537ACAAEFFE021"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C73BB6">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:color w:val="808080"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C3586137BDCA4C559954704D6C1621B6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B84BB9DB-4182-4F47-BB6A-7769F5BD87F7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003827B1" w:rsidRDefault="006A6696" w:rsidP="006A6696">
+        <w:p w:rsidR="00DD4A01" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="C3586137BDCA4C559954704D6C1621B61"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C73BB6">
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:color w:val="808080"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="22A007FA09B0416FAE2AB143EF3D80A9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E718B5B9-E8CB-4012-AED3-7A7A1C8DD33C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DD4A01" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="22A007FA09B0416FAE2AB143EF3D80A9"/>
+          </w:pPr>
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:color w:val="808080"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A1700F"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00FB711C"/>
+    <w:rsidRoot w:val="00DD4A01"/>
+    <w:rsid w:val="00001880"/>
+    <w:rsid w:val="00061128"/>
+    <w:rsid w:val="00063877"/>
+    <w:rsid w:val="000655D8"/>
+    <w:rsid w:val="000C33B6"/>
+    <w:rsid w:val="000D0C5E"/>
+    <w:rsid w:val="000E7FBA"/>
+    <w:rsid w:val="001A74DB"/>
+    <w:rsid w:val="001E57AD"/>
+    <w:rsid w:val="00281C34"/>
+    <w:rsid w:val="002A1C32"/>
+    <w:rsid w:val="00301A37"/>
+    <w:rsid w:val="00346DD9"/>
+    <w:rsid w:val="003F09B7"/>
+    <w:rsid w:val="00430109"/>
+    <w:rsid w:val="00433B9B"/>
+    <w:rsid w:val="00451B87"/>
+    <w:rsid w:val="004565DB"/>
+    <w:rsid w:val="00460DDF"/>
+    <w:rsid w:val="00495575"/>
+    <w:rsid w:val="004A5AA5"/>
+    <w:rsid w:val="004B5082"/>
+    <w:rsid w:val="004D33E3"/>
+    <w:rsid w:val="005130DC"/>
+    <w:rsid w:val="00574014"/>
+    <w:rsid w:val="005A6B5E"/>
+    <w:rsid w:val="005D6229"/>
+    <w:rsid w:val="005D7494"/>
+    <w:rsid w:val="005F118E"/>
+    <w:rsid w:val="00660CED"/>
+    <w:rsid w:val="006A6DFE"/>
+    <w:rsid w:val="006B678E"/>
+    <w:rsid w:val="006F125B"/>
+    <w:rsid w:val="007A1ED9"/>
+    <w:rsid w:val="007A643A"/>
+    <w:rsid w:val="007C7009"/>
+    <w:rsid w:val="0081740C"/>
+    <w:rsid w:val="008A4576"/>
+    <w:rsid w:val="00955F26"/>
+    <w:rsid w:val="00987156"/>
+    <w:rsid w:val="00A060B4"/>
+    <w:rsid w:val="00A8697E"/>
+    <w:rsid w:val="00AB39E9"/>
+    <w:rsid w:val="00B929AF"/>
+    <w:rsid w:val="00C367AB"/>
+    <w:rsid w:val="00C84F84"/>
+    <w:rsid w:val="00C9148A"/>
+    <w:rsid w:val="00C924BF"/>
+    <w:rsid w:val="00CC066A"/>
+    <w:rsid w:val="00D319AF"/>
+    <w:rsid w:val="00D62CDF"/>
+    <w:rsid w:val="00DD4A01"/>
+    <w:rsid w:val="00E05723"/>
+    <w:rsid w:val="00E42740"/>
+    <w:rsid w:val="00E832A6"/>
+    <w:rsid w:val="00EA0548"/>
+    <w:rsid w:val="00ED7D11"/>
+    <w:rsid w:val="00F72056"/>
+    <w:rsid w:val="00F76A54"/>
+    <w:rsid w:val="00FB427B"/>
+    <w:rsid w:val="00FF4F34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6693,173 +7012,140 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006A6696"/>
+    <w:rsid w:val="00D319AF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7E7E927A2094AC39DDC6A932D4AA8511">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A8A996FEC314FAEBC0A8320051A98661">
     <w:name w:val="6A8A996FEC314FAEBC0A8320051A98661"/>
-    <w:rsid w:val="006A6696"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D396DE6BAAE04F078FD6EECA6106629A1">
     <w:name w:val="D396DE6BAAE04F078FD6EECA6106629A1"/>
-    <w:rsid w:val="006A6696"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="76DA22AC063543CBB037BC108227BDBA1">
     <w:name w:val="76DA22AC063543CBB037BC108227BDBA1"/>
-    <w:rsid w:val="006A6696"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="75F61420D7214EC6A79537ACAAEFFE021">
     <w:name w:val="75F61420D7214EC6A79537ACAAEFFE021"/>
-    <w:rsid w:val="006A6696"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3586137BDCA4C559954704D6C1621B61">
     <w:name w:val="C3586137BDCA4C559954704D6C1621B61"/>
-    <w:rsid w:val="006A6696"/>
-[...23 lines deleted...]
-    <w:rsid w:val="006A6696"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="22A007FA09B0416FAE2AB143EF3D80A9">
     <w:name w:val="22A007FA09B0416FAE2AB143EF3D80A9"/>
-    <w:rsid w:val="006A6696"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -7124,106 +7410,375 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="41cf8397-10bc-4e6a-a157-531e9638c43b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0341ff74-a090-4e59-9ce5-163b87b32264" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <Session xmlns="http://schemas.business-integrity.com/dealbuilder/2006/answers"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<Dictionary xmlns="http://schemas.business-integrity.com/dealbuilder/2006/dictionary" SavedByVersion="8.6.17422.1" MinimumVersion="7.2.0.0"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<Dictionary xmlns="http://schemas.business-integrity.com/dealbuilder/2006/dictionary" SavedByVersion="10.3.43998.0" MinimumVersion="7.2.0.0"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100AA9D500BF54B8746A358A6BE99ABCB6D" ma:contentTypeVersion="13" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="cd7677d48c6a34f4a407352c1dcb186f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41cf8397-10bc-4e6a-a157-531e9638c43b" xmlns:ns3="0341ff74-a090-4e59-9ce5-163b87b32264" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="352894a8dab8bc8670e1f48acff0563c" ns2:_="" ns3:_="">
+    <xsd:import namespace="41cf8397-10bc-4e6a-a157-531e9638c43b"/>
+    <xsd:import namespace="0341ff74-a090-4e59-9ce5-163b87b32264"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MigrationSourceID" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="41cf8397-10bc-4e6a-a157-531e9638c43b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fb58666-e629-4e5a-b780-b8dcc15b318b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0341ff74-a090-4e59-9ce5-163b87b32264" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MigrationSourceID" ma:index="12" nillable="true" ma:displayName="MigrationSourceID" ma:internalName="MigrationSourceID" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d2615d8d-468a-4fb6-a4b1-790cc5f7baba}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0341ff74-a090-4e59-9ce5-163b87b32264">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98BD657F-3829-41B9-B9AF-86E420C27365}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C92DB59C-A80D-4402-A564-50EA110A9AE6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{929CE202-2D19-40A4-A251-1D47D9450DC6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="43a73130-a63d-42e7-85fe-b9b404891c8e"/>
+    <ds:schemaRef ds:uri="12f9d792-7593-4b6f-8506-e76d51e00347"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD8382B7-BB0A-4AD9-B8B9-8E124AA51A13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.business-integrity.com/dealbuilder/2006/answers"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E43132FE-56DA-49E3-BA0E-E3899F9498EE}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D33360F-52BA-435E-A8A9-77381137881A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.business-integrity.com/dealbuilder/2006/dictionary"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A07B7B0F-A99C-4D28-9439-C3EDA08B694A}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10659</Characters>
+  <Pages>1</Pages>
+  <Words>1755</Words>
+  <Characters>11060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
+  <Lines>92</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>. . ._. . ._ProceedingsPaper_LTP_ST</vt:lpstr>
+      <vt:lpstr>. . ._. . ._PPL_ST_. . ._EN</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Springer Nature IT</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12504</CharactersWithSpaces>
+  <CharactersWithSpaces>12790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>. . ._. . ._ProceedingsPaper_LTP_ST</dc:title>
-  <dc:creator>Luigi Bellini</dc:creator>
+  <dc:title>. . ._. . ._PPL_ST_. . ._EN</dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="db_document_id">
-    <vt:lpwstr>3004</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100AA9D500BF54B8746A358A6BE99ABCB6D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="db_contract_version">
-    <vt:lpwstr>AAAAAAAFWx8=</vt:lpwstr>
+    <vt:lpwstr>AAAAAAAqNkc=</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="db_document_id">
+    <vt:lpwstr>292563</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DOC_GUID">
+    <vt:lpwstr>e563a33a-1bd1-44e1-8001-9a1281a1d300</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
+    <vt:lpwstr>
+    </vt:lpwstr>
   </property>
 </Properties>
 </file>