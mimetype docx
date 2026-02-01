--- v1 (2025-12-08)
+++ v2 (2026-02-01)
@@ -22,2321 +22,3487 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6084"/>
         <w:gridCol w:w="384"/>
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317210" w14:paraId="53D4C15D" w14:textId="77777777">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="5869DB02" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6084" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1065D0BE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+          <w:p w14:paraId="3144E2AC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
             <w:pPr>
-              <w:pStyle w:val="Titel"/>
+              <w:pStyle w:val="Title"/>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:t>Licence to Publish</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:br/>
               <w:t>Proceedings Papers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D05D54D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3AB8A39F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="207609AC" wp14:editId="6B5DDD87">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36F89CD6" wp14:editId="7AA599AD">
                   <wp:extent cx="1560076" cy="151188"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
                   <wp:docPr id="1" name="Picture 1" descr="Springer Nature Logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Picture 1" descr="Springer Nature Logo"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1560076" cy="151188"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="12D12A57" w14:textId="77777777">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="479CE8BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="201"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6468" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="240AF72F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="7003CA2B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53B99D37" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="5C6FC9C8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D51F988" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="69991710" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="4965" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2458"/>
         <w:gridCol w:w="4293"/>
         <w:gridCol w:w="2215"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317210" w14:paraId="6888C089" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="1B02D610" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDEE3DF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3116A571" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Licensee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD8B975" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:alias w:val="Contract Express"/>
+              <w:tag w:val="d=EntitySelect&amp;r="/>
+              <w:id w:val="1412393161"/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="4CD5B7B7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Springer Nature Switzerland AG</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4F7002" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3DF5D540" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Licensee’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="1C487B98" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="25D5AB09" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="614F305E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="56DAE72C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="35FF75DE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="26E36824" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="245998D2" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="7D1EE8CB" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="4DDD250E" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="2A4EE02D" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="23BA3EC0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="110F3258" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Title of the Proceedings Volume/Edited Book or Conference Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Title"/>
             <w:tag w:val="Title"/>
             <w:id w:val="452293044"/>
             <w:placeholder>
               <w:docPart w:val="6A8A996FEC314FAEBC0A8320051A9866"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="3B061EFF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+              <w:p w14:paraId="0F0B04AE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00110C63">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="74DFEEE8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="34BF4F38" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volume’</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="7D94A699" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="3292264F" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="37E35DC8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="2EFAE71B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="28919760" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="6A80B898" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="74690FEB" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="67368B7D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="70C72999" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="152756E1" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC84214" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2BD46DC2" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volume Editor(s) Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Volume Editor Name"/>
             <w:tag w:val="Volume Editor Name"/>
             <w:id w:val="361095427"/>
             <w:placeholder>
               <w:docPart w:val="D396DE6BAAE04F078FD6EECA6106629A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="7F9BD4E6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+              <w:p w14:paraId="0F8362C7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00110C63">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="18438161" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="3E7121B8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="62581C42" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="36B3D5F4" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2393B7BD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="213CB0B6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="74FC8986" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="3053E7B9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1734DEE8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="1DED6120" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="22ECD4B4" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="08C1944E" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6940EFBC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2C23B680" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Proposed Title of the Contribution:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Title"/>
             <w:tag w:val="Title"/>
             <w:id w:val="1987736910"/>
             <w:placeholder>
               <w:docPart w:val="76DA22AC063543CBB037BC108227BDBA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="7B39DE61" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+              <w:p w14:paraId="711D2390" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00110C63">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="76151C55" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="05EA4E11" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Contribution’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="1313476C" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="62A68865" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72A8BF8D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="05633BAC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC96CF9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="4AF4E5F6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="206663E7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="3026FC37" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="56281C6F" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="4F95A23D" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A7BE0B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00A97A91">
+          <w:p w14:paraId="29CB704C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00A97A91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Series</w:t>
             </w:r>
             <w:r w:rsidR="000E2AD9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> The Contribution may be published in the following series</w:t>
             </w:r>
             <w:r w:rsidR="000E2AD9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F329498" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C9FD2C5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Series"/>
                 <w:tag w:val="Series"/>
                 <w:id w:val="189277873"/>
                 <w:placeholder>
                   <w:docPart w:val="22A007FA09B0416FAE2AB143EF3D80A9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00882FB0" w:rsidRPr="00110C63">
                   <w:rPr>
                     <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="027B7AF1" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00882FB0" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="1A65D47E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00882FB0" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="20B7AC74" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="2D84203B" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD7A099" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="3A7DEE67" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7A38E8FE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="0C2FC302" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="744F4930" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="1F58D22F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="45264C9C" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="2739DD6A" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="415F94EA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="40D53207" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Author(s) </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Full Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Author(s)"/>
             <w:tag w:val="Author(s)"/>
             <w:id w:val="-1717345396"/>
             <w:placeholder>
               <w:docPart w:val="75F61420D7214EC6A79537ACAAEFFE02"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="0AE0A662" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+              <w:p w14:paraId="4DED1208" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D358C2">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="675BBB1E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1AD98E6E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Author’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="386899FC" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="13FEA516" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6955C6EC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="71F001F9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1ABD4C2A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="1F889ED3" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6B1FA778" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="5741D7BF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="284F63BE" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="214ED1D0" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE827E6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2B1009A5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>When Author is more than one person the expression “Author” as used in this Agreement will apply collectively unless otherwise indicated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="36B0B7C2" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="5F7D84A9" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="08B24AEA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="67D3EE5A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF0B326" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="486BF213" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3F157EDD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="703294A6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="1A674196" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="13E228CB" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="34864E4A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6D573802" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Corresponding Author Name:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F764B4B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="460CA527" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Corresponding Author"/>
             <w:tag w:val="Corresponding Author"/>
             <w:id w:val="-654215630"/>
             <w:placeholder>
               <w:docPart w:val="C3586137BDCA4C559954704D6C1621B6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2394" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="183350FE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+              <w:p w14:paraId="6E28AFE4" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D358C2">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B6E476" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="29F0BF28" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid11"/>
         <w:tblW w:w="4965" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2458"/>
         <w:gridCol w:w="4293"/>
         <w:gridCol w:w="2215"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317210" w14:paraId="4EB345E4" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="79795CBE" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="064BCC3F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="66439D41" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="24E73B92" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="4AF4B894" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E509BC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="2959EA2C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="71D4D771" w14:textId="77777777" w:rsidTr="00D358C2">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="38FF7917" w14:textId="77777777" w:rsidTr="00D358C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8D1870" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3FE7DF28" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Instructions for Authors</w:t>
             </w:r>
             <w:r w:rsidR="000E2AD9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="15EF6E03" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="3D68DE5E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00882FB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.springernature.com/gp/authors/publish-a-book/step-by-step-conference-proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5C1D18" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7B279802" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(the ‘Instructions for Authors’)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D59ECF6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="3BD544A4" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF4500"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE443DA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="7FB726E2" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Grant of Rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490BDBA9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="305BAE1A" w14:textId="77777777" w:rsidR="00C354FB" w:rsidRPr="00C354FB" w:rsidRDefault="00000000" w:rsidP="00C354FB">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>For good and valuable consideration, the</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> world-wide, assignable, sublicensable and unlimited right to: publish, reproduce, copy, distribute, communicate, display publicly, sell, rent and/or otherwise make available the contribution identified above, including any supplementary information and graphic elements therein (e.g. illustrations, charts, moving images) (the ‘Contribution’) in any language, in any versions or editions in any and all forms and/or media of expression (including without limitation in connection with any and all end-user devices), whether now known or developed in the future. Without limitation, the above grant includes: (</w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="2045503280"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hereby grants to the Licensee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the perpetual, irrevocable (as far as is permissible under applicable law),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exclusive, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>world-wide, assignable, sublicensable and unlimited right to: publish, reproduce, copy, distribute, communicate, display publicly, sell, rent and/ or otherwise make available the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>identified above, including any supplementary information and graphic elements therein (e.g. illustrations, charts, moving images) (the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>‘Contribution’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) in any language, in any versions or editions in any and all forms and/or media of expression whether now known or developed in the future (including without limitation in connection with use of Artificial Intelligence) and as a whole or of any part and with or in relation to any other works. Without limitation, the above rights grant in the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4832FAFB" w14:textId="77777777" w:rsidR="00C354FB" w:rsidRPr="00C354FB" w:rsidRDefault="00000000" w:rsidP="00C354FB">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FC798B">
-[...5 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FC798B">
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) the right to edit, alter, adapt, adjust and prepare derivative works;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(ii) rights for all commercial use, advertising, and marketing, including without limitation for graphic elements on the cover of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Volume</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>and in relation to social media;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(iii) rights for any training, educational and/or instructional purposes;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(iv) rights for all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>forms of training, fine-tuning, developing and improving AI and all use in connection with RAG AI;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(v) rights for unrestricted text and data mining;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(vi) production and subsequent use in any manner or media of any and all Output generated by or from the use of AI to the same extent as set out in this clause;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(vii) the right to add and/or remove links or combinations with other media/works;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(viii) the right to create, use and/or license and/or sublicense and make discoverable content, information, data or metadata of any kind in relation to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(or part thereof including abstracts and summaries) without restriction;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(ix) the right to convert the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>into other media formats, including text-to-speech, speech-to-text, text-to-video, e-learning, podcasts and webcasts;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(x) the right to use the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>for the purposes of analysis, testing, development, discovery and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commercialization </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>of content, information, data or metadata;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(xi) all use in connection with publishing- and research-related workflows, peer-review, systems, products, projects, and services;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(xii) the right to retain and store the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>and any associated correspondence, files and forms to maintain the historical record, and to facilitate research integrity investigations; and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(xiii) the right to do any of the acts set out in this clause (a) using AI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F6B796" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66D3395C" w14:textId="77777777" w:rsidR="00C354FB" w:rsidRPr="00C354FB" w:rsidRDefault="00000000" w:rsidP="00196DC6">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="922"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Definitions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00196DC6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00196DC6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artificial Intelligence </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>means any machine-based technology or solution capable of operating with varying degrees of autonomy and adaptiveness (“AI”). The term shall extend to all current and future developments in AI and related technologies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504C77E1" w14:textId="77777777" w:rsidR="00C354FB" w:rsidRPr="00C354FB" w:rsidRDefault="00000000" w:rsidP="00196DC6">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="922"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196DC6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Outputs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>means any output or results, that are generated by or using AI including text, materials, images, audio, video, analysis, summaries, predictions, recommendations, responses, decisions, or other content or data. Outputs may, without limitation, be derived from, reference, cite or include the Contribution or parts of it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209FDD70" w14:textId="77777777" w:rsidR="00C354FB" w:rsidRPr="00C354FB" w:rsidRDefault="00000000" w:rsidP="00C354FB">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196DC6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Retrieval Augmented Generation Artificial Intelligence (RAG AI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means processing the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contribution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>so that it is discoverable from within a body of data by using an information retrieval mechanism and then using in combination with AI to produce Outputs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFEDE57" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Without limiting the rights granted above, Licensee is granted the rights to use the Contribution for the purposes of analysis, testing, and development of publishing- and research-related workflows, systems, products, projects, and services; to confidentially share the Contribution with select third parties to do the same; and to retain and store the Contribution and any associated correspondence/files/forms to maintain the historical record, and to facilitate research integrity investigations. The grant of rights set forth in this clause (b) is irrevocable.</w:t>
+        <w:t xml:space="preserve">If the Licensee elects not to publish the Contribution for any reason, all publishing rights under this Agreement as set forth in clause 1a above </w:t>
+      </w:r>
+      <w:r w:rsidR="00C354FB" w:rsidRPr="00C354FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(save for those set out in sub-clauses 1.a)(x)-(xii) and, insofar as it relates to those sub-clauses, (xiii)) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will revert to the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1603884148"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21EDE37D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5FA48279" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:t>Copyright</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452E581D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ownership of copyright in the Contribution will be vested in the name of the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1893036103"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. When reproducing the Contribution or extracts from it, the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1227133062"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will acknowledge and reference first publication in the Volume.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF7298D" w14:textId="77777777" w:rsidR="00B13976" w:rsidRPr="00B13976" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13976">
+        <w:t>Accessibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E01D7F9" w14:textId="77777777" w:rsidR="00B13976" w:rsidRPr="00B13976" w:rsidRDefault="00000000" w:rsidP="00B13976">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Licensee has the right to create and provide accessible formats of the Contribution for people with accessibility requirements, directly or via third parties, in compliance with applicable laws. The </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="913917027"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide alt-text for images upon manuscript submission. If not provided, the Licensee will create the alt-text, which the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1377178413"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will review and approve at proofreading stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C72574" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC798B">
+        <w:t>Use of Contribution Versions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF49D3F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>Agreement as set forth in clause 1a above will revert to the Author.</w:t>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>For purposes of this Agreement: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>) references to the “Contribution” include all versions of the Contribution; (ii) “Submitted Manuscript” means the version of the Contribution as first submitted by the Author prior to peer review; (iii) “Accepted Manuscript” means the version of the Contribution accepted for publication, but prior to copy-editing and typesetting; and (iv) “Version of Record” means the version of the Contribution published by the Licensee, after copy-editing and typesetting. Rights to all versions of the Manuscript are granted on an exclusive basis, except for the Submitted Manuscript, to which rights are granted on a non-exclusive basis</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13976">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3CFEC3" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...113 lines deleted...]
-    <w:p w14:paraId="7C784118" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3C414604" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC798B">
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="271446247"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may make the Submitted Manuscript available at any time and under any terms (including, but not limited to, under a CC BY licence), at the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1461126527"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s discretion. Once the Contribution has been published, the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1515457209"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will include an acknowledgement and provide a link to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the Version of Record on the publisher’s website: “This preprint has not undergone peer review (when applicable) or any post-submission improvements or corrections. The Version of Record of this contribution is published in [insert volume title</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>], and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is available online at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>https://doi.org/[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>insert DOI]”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C661ED8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F27CFE9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The Author may make the Submitted Manuscript available at any time and under any terms (including, but not limited to, under a CC BY licence), at the Author’s discretion. Once the Contribution has been published, the Author will include an acknowledgement and provide a link to the Version of Record on the publisher’s website: “This preprint has not undergone peer review (when applicable) or any post-submission improvements or corrections. The Version of Record of this contribution is published in [insert volume title</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">The Licensee grants to the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1093139428"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>], and</w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve">The Licensee grants to the Author </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>) the right to make the Accepted Manuscript available on their own personal, self-maintained website immediately on acceptance, (ii) the right to make the Accepted Manuscript available for public release on any of the following twelve (12) months after first publication (the "Embargo Period"): their employer’s internal website; their institutional and/or funder repositories. Accepted Manuscripts may be deposited in such repositories immediately upon acceptance, provided they are not made publicly available until after the Embargo Period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
-        <w:t>The rights granted to the Author with respect to the Accepted Manuscript are subject to the conditions that (</w:t>
+        <w:t xml:space="preserve">The rights granted to the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="14589092"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with respect to the Accepted Manuscript are subject to the conditions that (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">) the Accepted Manuscript is not enhanced or substantially reformatted by the Author or any third party, and (ii) the Author includes on the Accepted Manuscript an acknowledgement in the following form, together with a link to the published version on the publisher’s website: “This version of the contribution has been accepted for publication, after peer review (when applicable) but is not the Version of Record and does not reflect post-acceptance improvements, or any corrections. The Version of Record is available online at: </w:t>
+        <w:t xml:space="preserve">) the Accepted Manuscript is not enhanced or substantially reformatted by the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1546199706"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any third party, and (ii) the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1545959259"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes on the Accepted Manuscript an acknowledgement in the following form, together with a link to the published version on the publisher’s website: “This version of the contribution has been accepted for publication, after peer review (when applicable) but is not the Version of Record and does not reflect post-acceptance improvements, or any corrections. The Version of Record is available online at: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>http://dx.doi.org/[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">insert DOI]. Use of this Accepted Version is subject to the publisher’s Accepted Manuscript terms of use </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="004556FB" w:rsidRPr="00FC798B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://www.springernature.com/gp/open-research/policies/accepted-manuscript-terms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">”. Under no circumstances may an Accepted Manuscript be shared or distributed </w:t>
-[...10 lines deleted...]
-        <w:t>under a Creative Commons or other form of open access licence.</w:t>
+        <w:t>”. Under no circumstances may an Accepted Manuscript be shared or distributed under a Creative Commons or other form of open access licence.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Any use of the Accepted Manuscript not expressly permitted under this subclause (c) is subject to the Licensee’s prior consent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524398B7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="255FE9EC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The Licensee grants to Author the following non-exclusive rights to the Version of Record, provided that, when reproducing the Version of Record or extracts from it, the Author acknowledges and references first publication in the Volume according to current citation standards. As a minimum, the acknowledgement must state: “First published in [Volume, page number, year] by Springer Nature”.</w:t>
+        <w:t xml:space="preserve">The Licensee grants to </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="290285190"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following non-exclusive rights to the Version of Record, provided that, when reproducing the Version of Record or extracts from it, the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="793432970"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acknowledges and references first publication in the Volume according to current citation standards. As a minimum, the acknowledgement must state: “First published in [Volume, page number, year] by Springer Nature”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064694A7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6B9DD920" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to reuse graphic elements created by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>the Author</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1611490653"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and contained in the Contribution, in presentations and other works created by </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>them;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC17AEC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="219F8B06" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>the Author and any academic institution where they work at the time may reproduce the Contribution for the purpose of course teaching (but not for inclusion in course pack material for onward sale by libraries and institutions</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059588AE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00A53C53" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>to reuse the Version of Record or any part in a thesis written by the same Author, and to make a copy of that thesis available in a repository of the Author(s)’ awarding academic institution, or other repository required by the awarding academic institution. An acknowledgement should be included in the citation: “Reproduced with permission from Springer Nature</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>”;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="54A91FA0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5E07F924" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to reproduce, or to allow a third party to reproduce the Contribution, in whole or in part, in any other type of work (other than thesis) written by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>the Author</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="784734445"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for distribution by a publisher after an embargo period of 12 months; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772F219A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="72EDD4BC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>to publish an expanded version of their Contribution provided the expanded version (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>) includes at least 30% new material (ii) includes an express statement specifying the incremental change in the expanded version (e.g., new results, better description of materials, etc.).</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC798B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>includes at least 30% new material (ii) includes an express statement specifying the incremental change in the expanded version (e.g., new results, better description of materials, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66290109" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="290722DD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Warranties &amp; Representations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E19AC48" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="11D147CA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="24346739"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Author </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>warrants and represents that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F32338" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="24BBB925" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9AE5C0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="50BA9316" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>the Author is the sole copyright owner or has been authorised by any additional copyright owner(s) to grant the rights defined in clause 1,</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="849633585"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the sole copyright owner or has been authorised by any additional copyright owner(s) to grant the rights defined in clause 1,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446CB863" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="20A99A3F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the Contribution does not infringe any intellectual property rights (including without limitation copyright, database rights or </w:t>
@@ -2364,138 +3530,185 @@
         <w:t xml:space="preserve"> rights) or other </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>third party</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> rights and no licence from or payments to a third party are required to publish the Contribution,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19EA8C4D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="258F21E7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>the Contribution has not been previously published</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>, nor has the Author committed to licensing any version of the Contribution under a licence inconsistent with the terms of this Agreement,</w:t>
+        <w:t xml:space="preserve">, nor has the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1527061443"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> committed to licensing any version of the Contribution under a licence inconsistent with the terms of this Agreement,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561533BF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7F146B8A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">if the Contribution contains materials from other sources (e.g. illustrations, tables, text quotations), Author has obtained written permissions to the extent necessary from the </w:t>
-      </w:r>
+        <w:t xml:space="preserve">if the Contribution contains materials from other sources (e.g. illustrations, tables, text quotations), </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="656975414"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">copyright holder(s), to license to the Licensee the same rights as set out in clause 1 </w:t>
+        <w:t xml:space="preserve"> has obtained written permissions to the extent necessary from the copyright holder(s), to license to the Licensee the same rights as set out in clause 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>but on a non-exclusive basis and without the right to use any graphic elements on a stand-alone basis and has cited any such materials correctly;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066F150F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4D6E780E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -2513,296 +3726,361 @@
         <w:t xml:space="preserve"> the facts contained in the Contribution are according to the current body of research true and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>accurate;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E879EC9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="220092B8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">nothing in the Contribution is obscene, defamatory, violates any right of privacy or publicity, infringes any other human, personal or other rights of any person or entity or is otherwise unlawful and that informed consent to publish has been obtained for any research </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>participants;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="63E38A04" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0B096A53" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">nothing in the Contribution infringes any duty of confidentiality owed to any third party or violates any contract, express or implied, of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1023663082"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Author;</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B32A52E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="03409E97" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all institutional, governmental, and/or other approvals which may be required in connection with the research reflected in the Contribution have been obtained and continue in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>effect;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="50F79480" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6110AF51" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">all statements and declarations made by the Author in connection with the Contribution are true and </w:t>
+        <w:t xml:space="preserve">all statements and declarations made by the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="586832801"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in connection with the Contribution are true and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>correct;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4508D495" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="58229390" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the signatory who has signed this Agreement has full right, power and authority to enter into this Agreement on behalf of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Authors; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED0290C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4183E3B0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the Author complies in full </w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1019175909"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complies in full </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>with:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -2814,427 +4092,559 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. all instructions and policies in the Instructions for Authors, ii. the Licensee’s ethics rules (available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="004556FB" w:rsidRPr="00FC798B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>https://www.springernature.com/gp/authors/book-authors-code-of-conduct</w:t>
+          <w:t>https://www.springernature.com/gp/authors/book-authors-</w:t>
+        </w:r>
+        <w:r w:rsidR="004556FB" w:rsidRPr="00FC798B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>code-of-conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>), as may be updated by the Licensee at any time in its sole discretion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C3B829" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="7BC2B1BF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Cooperation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797CA7AD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7729F248" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B13976">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Without prejudice to the warranties and representations given by the </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="917266742"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00B13976">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in this Agreement, the </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1268794791"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00B13976">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will cooperate fully with the Licensee in relation to any legal action that might arise from the publication or intended publication of the Contribution and the </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1824529826"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00B13976">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will give the Publisher access at reasonable times to any relevant documents and records within the possession or control of the </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1482542211"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E398D30" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1F40A4C7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="144094405"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Author authorises the Licensee to take such steps as it considers necessary at its own expense </w:t>
+        <w:t xml:space="preserve"> authorises the Licensee to take such steps as it considers necessary at its own expense </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>in the Author’s name(s) and on their behalf if the Licensee believes that a third party is infringing or is likely to infringe copyright in the Contribution including but not limited to initiating legal proceedings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EA2F4C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="0DFE1A12" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Author List</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73254DAC" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="683AEBB8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Changes of authorship, including, but not limited to, changes in the corresponding author or the sequence of authors, are not permitted after acceptance of a manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7921C23B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="3771E11D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Post Publication Actions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F25504A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26D5E543" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Author agrees that the Licensee may remove or retract the Contribution or publish a correction or other notice in relation to the Contribution if the Licensee determines that such actions are appropriate </w:t>
-      </w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="1479570476"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>from an editorial, research integrity, or legal perspective.</w:t>
+        <w:t xml:space="preserve"> agrees that the Licensee may remove or retract the Contribution or publish a correction or other notice in relation to the Contribution if the Licensee determines that such actions are appropriate from an editorial, research integrity, or legal perspective.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7585EE49" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="76C8F901" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Controlling Terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E136AB2" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="17058803" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The terms of this Agreement will supersede any other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> terms that the Author or any third party may assert apply to any version of the Contribution.</w:t>
+        <w:t xml:space="preserve"> terms that the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+          <w:id w:val="2051165336"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Author</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any third party may assert apply to any version of the Contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F0F206" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="berschrift1"/>
+    <w:p w14:paraId="4A3F9D40" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="009730E4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:t>Governing Law</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B81B555" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="05808901" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This Agreement shall be governed by, and shall be construed in accordance with, the laws of </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=select%20EntityJurisdiction%20where%20EntityName%20is%20EntitySelect&amp;r="/>
+          <w:id w:val="94620424"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Switzerland</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. The courts of </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=select%20EntityCourts%20where%20EntityName%20is%20EntitySelect&amp;r="/>
+          <w:id w:val="1155667858"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Zug, Switzerland</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall have the exclusive jurisdiction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A165FF5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F149C4B" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="4"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B088047" wp14:editId="602DDD90">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E057D2E" wp14:editId="73A026F3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-712447</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>67092</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7146906" cy="16829"/>
                 <wp:effectExtent l="38100" t="38100" r="73660" b="97790"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Straight Connector 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7146906" cy="16829"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -3247,288 +4657,305 @@
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line id="Straight Connector 2" o:spid="_x0000_s1025" style="mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;z-index:251659264" from="-56.1pt,5.3pt" to="506.65pt,6.65pt" strokecolor="#c0504d" strokeweight="2pt">
                 <v:shadow on="t" color="black" opacity="24903f" origin=",0.5" offset="0,1.57pt"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776C315D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="44BCB42D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblInd w:w="-993" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3345"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3345"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3345"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317210" w14:paraId="46D32B9D" w14:textId="77777777">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="006C3ADE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CAEA431" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1658EE67" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Signed for and on behalf of the Author</w:t>
+              <w:t xml:space="preserve">Signed for and on behalf of the </w:t>
             </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="Contract Express"/>
+                <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20then%20%22Rightsholder%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20then%20%22Author%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20then%20%22Contractor%22%20else%20%22Rightsholder%22&amp;r="/>
+                <w:id w:val="656659709"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="12"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Author</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="22DD9264" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6CBEA6E7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="724"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-993"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[Ha</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2945CEB6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="6915E2AD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-993"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7617E16C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="07A6034F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D2FED1D" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="06D995DD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02A83533" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="6457008C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A0D99D5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="78BCDCB6" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="37D11312" w14:textId="77777777">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="2C2055CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3D0F74" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
+          <w:p w14:paraId="531AF6CB" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77868F22" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
+          <w:p w14:paraId="4C7AA0AA" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="002DFBD3" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="0080389B">
+          <w:p w14:paraId="177273AD" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
@@ -3594,73 +5021,73 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F22737D" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
+          <w:p w14:paraId="1CCC6621" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="0080389B" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B57832" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="0080389B">
+          <w:p w14:paraId="6876AEE4" w14:textId="77777777" w:rsidR="0080389B" w:rsidRPr="00FC798B" w:rsidRDefault="00000000" w:rsidP="0080389B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
@@ -3720,150 +5147,150 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AD56B82" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="6F8814F9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblInd w:w="-993" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3348"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="7254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317210" w14:paraId="24F19C0A" w14:textId="77777777">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="7C62DF55" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188A4F7E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00584C4C" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5299988E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00584C4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D185298" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="697E626A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79253F12" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="30926CC0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -3931,118 +5358,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317210" w14:paraId="13A1FC04" w14:textId="77777777">
+      <w:tr w:rsidR="00BA0FF0" w14:paraId="2530464C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63FBE0E8" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="781EBB0F" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F003BD" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+          <w:p w14:paraId="4DFB1FF7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22CC533C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+          <w:p w14:paraId="360627C3" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF4500"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4104,115 +5531,205 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="484DE96A" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="48059F03" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="700057AE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
+    <w:p w14:paraId="1AB201EB" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="004556FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="583095B0" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00DD003F" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A006751" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00823E17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD003F">
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=EntitySelect&amp;r="/>
+          <w:id w:val="1385755429"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00823E17">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+              <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Springer Nature Switzerland AG</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00823E17">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Springer Nature Switzerland AG, Gewerbestrasse 11, 6330 Cham, Switzerland</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=select%20EntityAddress%20where%20EntityName%20is%20EntitySelect&amp;r="/>
+          <w:id w:val="1720135088"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00823E17">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+              <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>Gewerbestrasse 11, 6330 Cham, Switzerland</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=select%20EntityCompanyNumber%20where%20EntityName%20is%20EntitySelect&amp;r="/>
+          <w:id w:val="905225936"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="5AEB54EE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3C886B30" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ER_Book_ProceedingsPaper_LTP_ST_v.1.4.9 (09_2025)</w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>ER_Book_ProceedingsPaper_LTP_</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=if%20CopyrightOwner%20is%20%22Author%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22OA%22%20else%20if%20CopyrightOwner%20is%20%22Author%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22ST%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22OA_Crown%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Crown%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22RHOA_Crown%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Author%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22ST_Crown%22%20else%20if%20CopyrightOwner%20is%20%22Crown%20Government%20Employee%20%28Crown%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22RH_Crown%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22OA_US%20Gov%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28US%20Gov%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22RHOA_US%20Gov%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28Author%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22ST_US%20Gov%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Employee%20%28US%20Gov%20Signs%29%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22RH_US%20Gov%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22RHOA%22%20else%20if%20CopyrightOwner%20is%20%22Rightsholder%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22RH%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20and%20OpenAccessSelect%20is%20%22Open%20Access%22%20then%20%22UGC%22%20else%20if%20CopyrightOwner%20is%20%22US%20Government%20Contractor%22%20and%20OpenAccessSelect%20is%20%22Subscription%22%20then%20%22UGCOA%22%20else%20%22ERROR%22&amp;r="/>
+          <w:id w:val="1250944700"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>ST</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>_v.</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Contract Express"/>
+          <w:tag w:val="d=db_template_version&amp;r="/>
+          <w:id w:val="1403142837"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="15"/>
+              <w:szCs w:val="15"/>
+              <w:lang w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>2.0.1 (12_2025)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="1126200E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="StandardWeb"/>
+    <w:p w14:paraId="5884E555" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Edition ID</w:t>
       </w:r>
       <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
         <w:rPr>
@@ -4284,53 +5801,53 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A97A91" w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA87AA5" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="StandardWeb"/>
+    <w:p w14:paraId="7D5EBFFF" w14:textId="77777777" w:rsidR="004556FB" w:rsidRPr="00FC798B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">PS: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC798B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
@@ -4414,61 +5931,61 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004556FB" w:rsidRPr="00FC798B">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15399F76" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
+    <w:p w14:paraId="43771D14" w14:textId="77777777" w:rsidR="00B8215D" w:rsidRDefault="00B8215D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CEBD72B" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
+    <w:p w14:paraId="585E9BCE" w14:textId="77777777" w:rsidR="00B8215D" w:rsidRDefault="00B8215D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4507,89 +6024,89 @@
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="31D82E0E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+  <w:p w14:paraId="1C79E3EA" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="1128124567"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="31FAEEC9" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="00000000">
+          <w:p w14:paraId="48714EFE" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="Fuzeile"/>
+              <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
@@ -4663,126 +6180,239 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC798B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="02A76366" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+  <w:p w14:paraId="3DF04F8C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1F721526" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+  <w:p w14:paraId="7AD19F89" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3603CFEB" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
+    <w:p w14:paraId="25634757" w14:textId="77777777" w:rsidR="00B8215D" w:rsidRDefault="00B8215D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48B373D9" w14:textId="77777777" w:rsidR="00EC442D" w:rsidRDefault="00EC442D">
+    <w:p w14:paraId="678D0000" w14:textId="77777777" w:rsidR="00B8215D" w:rsidRDefault="00B8215D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="539849A7" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+  <w:p w14:paraId="1001AE6C" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FDDCF49" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+  <w:p w14:paraId="5ECBD1DB" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2231BA57" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
+  <w:p w14:paraId="7A18821E" w14:textId="77777777" w:rsidR="004556FB" w:rsidRDefault="004556FB">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="192548C2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="12F4975A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="345E38F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7AA28EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="§%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="737" w:hanging="737"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4845,137 +6475,137 @@
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CBD6F32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67605F98"/>
-    <w:lvl w:ilvl="0" w:tplc="A344D1FA">
+    <w:lvl w:ilvl="0" w:tplc="46F8E4A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="154AF8CA">
+    <w:lvl w:ilvl="1" w:tplc="DAC66DB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F76A4B8A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B07E88A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50066D9A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15D015EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0A5845FA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8C507DC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F4AC114E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="9724CDD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2A9ADD1E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8CD4359A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8168FF70" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C48CEBBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22461A9A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5B40F9A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D662A04"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="87A8B978"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1021" w:hanging="454"/>
@@ -5047,51 +6677,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47100182"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="87A8B978"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1021" w:hanging="454"/>
@@ -5163,58 +6793,58 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52862E83"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BBC8841C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="berschrift1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
@@ -5286,160 +6916,171 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1050298683">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1923906539">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1923906539">
+  <w:num w:numId="3" w16cid:durableId="652491698">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="267545011">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="652491698">
+  <w:num w:numId="5" w16cid:durableId="1965190190">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1430151392">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2002006067">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="df3mc91VS2puk9AcOIRMDx5Hp6AkibQP8SH/6t2uJJw0pK1BHlnuTcsKa4T+pIRQXZ2erJ7n3jCNb07cuskVAw==" w:salt="icX7D9QVDBXHDi/PZVK9lg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0vUD7Fr/oXGbkOvRKaZOWSpk08iGCsMjRw3qEHKYdWwcV8+s+HgOYNDizMV5NRuc+nCNGbNt2lqhUzBz++pWfw==" w:salt="xAzezyfpHBY598lLAMiXWg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00317210"/>
+    <w:rsidRoot w:val="00BA0FF0"/>
     <w:rsid w:val="000E2AD9"/>
     <w:rsid w:val="00110C63"/>
-    <w:rsid w:val="001D5589"/>
-    <w:rsid w:val="00317210"/>
+    <w:rsid w:val="00196DC6"/>
+    <w:rsid w:val="002E0FC6"/>
     <w:rsid w:val="004556FB"/>
+    <w:rsid w:val="00462BD5"/>
     <w:rsid w:val="00584C4C"/>
-    <w:rsid w:val="006A6DFE"/>
     <w:rsid w:val="0080389B"/>
+    <w:rsid w:val="00823E17"/>
     <w:rsid w:val="00882FB0"/>
     <w:rsid w:val="009730E4"/>
-    <w:rsid w:val="00A7299B"/>
     <w:rsid w:val="00A97A91"/>
     <w:rsid w:val="00B13976"/>
+    <w:rsid w:val="00B8215D"/>
+    <w:rsid w:val="00BA0FF0"/>
+    <w:rsid w:val="00C354FB"/>
+    <w:rsid w:val="00D31A45"/>
     <w:rsid w:val="00D358C2"/>
-    <w:rsid w:val="00DD003F"/>
     <w:rsid w:val="00DD4A01"/>
-    <w:rsid w:val="00EC442D"/>
     <w:rsid w:val="00FC798B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w14:docId w14:val="507CE1DD"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="69DFFB88"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BEBA6E02-5B18-4375-8114-3D7FB23E469F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5796,467 +7437,467 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift1Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009730E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentartext">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KommentartextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentartext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarzeichen">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellenraster">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kopfzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fuzeile">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FuzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Fuzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
-    <w:next w:val="Tabellenraster"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="SprechblasentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Sprechblasentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platzhaltertext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="StandardWeb">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentartext"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarthemaZchn"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarthema"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berarbeitung">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
-    <w:next w:val="Tabellenraster"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid11">
     <w:name w:val="Table Grid11"/>
-    <w:basedOn w:val="NormaleTabelle"/>
-    <w:next w:val="Tabellenraster"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BesuchterLink">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00882FB0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="TitelZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="009730E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
-[...2 lines deleted...]
-    <w:link w:val="Titel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009730E4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009730E4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/authors/publish-a-book/step-by-step-conference-proceedings" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/authors/book-authors-code-of-conduct" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/open-research/policies/accepted-manuscript-terms" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -6549,120 +8190,128 @@
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD4A01"/>
     <w:rsid w:val="00001880"/>
     <w:rsid w:val="00061128"/>
     <w:rsid w:val="00063877"/>
     <w:rsid w:val="000655D8"/>
     <w:rsid w:val="000C33B6"/>
     <w:rsid w:val="000D0C5E"/>
     <w:rsid w:val="000E7FBA"/>
     <w:rsid w:val="001A74DB"/>
     <w:rsid w:val="001E57AD"/>
+    <w:rsid w:val="00265F7E"/>
     <w:rsid w:val="00281C34"/>
+    <w:rsid w:val="00295AC9"/>
     <w:rsid w:val="002A1C32"/>
     <w:rsid w:val="00301A37"/>
     <w:rsid w:val="00346DD9"/>
     <w:rsid w:val="003F09B7"/>
     <w:rsid w:val="00430109"/>
     <w:rsid w:val="00433B9B"/>
     <w:rsid w:val="00451B87"/>
     <w:rsid w:val="004565DB"/>
     <w:rsid w:val="00460DDF"/>
+    <w:rsid w:val="00490490"/>
     <w:rsid w:val="00495575"/>
     <w:rsid w:val="004A5AA5"/>
     <w:rsid w:val="004B5082"/>
     <w:rsid w:val="004D33E3"/>
     <w:rsid w:val="005130DC"/>
+    <w:rsid w:val="00544579"/>
     <w:rsid w:val="00574014"/>
-    <w:rsid w:val="005A6B5E"/>
+    <w:rsid w:val="005C58A3"/>
     <w:rsid w:val="005D6229"/>
     <w:rsid w:val="005D7494"/>
     <w:rsid w:val="005F118E"/>
     <w:rsid w:val="00660CED"/>
-    <w:rsid w:val="006A6DFE"/>
     <w:rsid w:val="006B678E"/>
     <w:rsid w:val="006F125B"/>
     <w:rsid w:val="007A1ED9"/>
     <w:rsid w:val="007A643A"/>
     <w:rsid w:val="007C7009"/>
+    <w:rsid w:val="007E2DDC"/>
     <w:rsid w:val="0081740C"/>
+    <w:rsid w:val="00836B87"/>
+    <w:rsid w:val="008536BE"/>
     <w:rsid w:val="008A4576"/>
     <w:rsid w:val="00955F26"/>
     <w:rsid w:val="00987156"/>
     <w:rsid w:val="00A060B4"/>
     <w:rsid w:val="00A8697E"/>
     <w:rsid w:val="00AB39E9"/>
     <w:rsid w:val="00B929AF"/>
     <w:rsid w:val="00C367AB"/>
     <w:rsid w:val="00C84F84"/>
     <w:rsid w:val="00C9148A"/>
     <w:rsid w:val="00C924BF"/>
     <w:rsid w:val="00CC066A"/>
     <w:rsid w:val="00D319AF"/>
+    <w:rsid w:val="00D31A45"/>
     <w:rsid w:val="00D62CDF"/>
     <w:rsid w:val="00DD4A01"/>
     <w:rsid w:val="00E05723"/>
     <w:rsid w:val="00E42740"/>
     <w:rsid w:val="00E832A6"/>
     <w:rsid w:val="00EA0548"/>
     <w:rsid w:val="00ED7D11"/>
     <w:rsid w:val="00F72056"/>
     <w:rsid w:val="00F76A54"/>
+    <w:rsid w:val="00FA6130"/>
     <w:rsid w:val="00FB427B"/>
     <w:rsid w:val="00FF4F34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7018,84 +8667,84 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Platzhaltertext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D319AF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A8A996FEC314FAEBC0A8320051A98661">
     <w:name w:val="6A8A996FEC314FAEBC0A8320051A98661"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D396DE6BAAE04F078FD6EECA6106629A1">
     <w:name w:val="D396DE6BAAE04F078FD6EECA6106629A1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="76DA22AC063543CBB037BC108227BDBA1">
     <w:name w:val="76DA22AC063543CBB037BC108227BDBA1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -7423,80 +9072,52 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...28 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41cf8397-10bc-4e6a-a157-531e9638c43b" xmlns:ns3="0341ff74-a090-4e59-9ce5-163b87b32264" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="352894a8dab8bc8670e1f48acff0563c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100AA9D500BF54B8746A358A6BE99ABCB6D" ma:contentTypeVersion="13" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="3ee8495147d731b41ad9f8fab98956e2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41cf8397-10bc-4e6a-a157-531e9638c43b" xmlns:ns3="0341ff74-a090-4e59-9ce5-163b87b32264" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a28141ef639345b81da89fc54c01d4d8" ns2:_="" ns3:_="">
     <xsd:import namespace="41cf8397-10bc-4e6a-a157-531e9638c43b"/>
     <xsd:import namespace="0341ff74-a090-4e59-9ce5-163b87b32264"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MigrationSourceID" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -7655,130 +9276,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<Session xmlns="http://schemas.business-integrity.com/dealbuilder/2006/answers"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<Dictionary xmlns="http://schemas.business-integrity.com/dealbuilder/2006/dictionary" SavedByVersion="10.15.67.1" MinimumVersion="7.2.0.0"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="41cf8397-10bc-4e6a-a157-531e9638c43b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0341ff74-a090-4e59-9ce5-163b87b32264" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CE02D90-CF74-4471-B66A-43288057D912}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C92DB59C-A80D-4402-A564-50EA110A9AE6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B17D58BB-A77C-4368-A0BC-DEE26B6B6221}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.business-integrity.com/dealbuilder/2006/answers"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFFFD74E-3A00-4220-AA42-365A8C6F61D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.business-integrity.com/dealbuilder/2006/dictionary"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{929CE202-2D19-40A4-A251-1D47D9450DC6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="43a73130-a63d-42e7-85fe-b9b404891c8e"/>
     <ds:schemaRef ds:uri="12f9d792-7593-4b6f-8506-e76d51e00347"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11060</Characters>
+  <Pages>6</Pages>
+  <Words>1986</Words>
+  <Characters>12513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12790</CharactersWithSpaces>
+  <CharactersWithSpaces>14471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>. . ._. . ._PPL_ST_. . ._EN</dc:title>
+  <dc:title>__PPL_ST__EN</dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AA9D500BF54B8746A358A6BE99ABCB6D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="db_contract_version">
-    <vt:lpwstr>AAAAAAAqNkc=</vt:lpwstr>
+    <vt:lpwstr>AAAAAAAszvU=</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="db_document_id">
-    <vt:lpwstr>292563</vt:lpwstr>
+    <vt:lpwstr>319470</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DOC_GUID">
     <vt:lpwstr>e563a33a-1bd1-44e1-8001-9a1281a1d300</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr>
     </vt:lpwstr>
   </property>
 </Properties>
 </file>